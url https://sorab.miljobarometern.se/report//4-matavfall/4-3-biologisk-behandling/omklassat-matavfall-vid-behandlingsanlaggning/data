--- v0 (2025-11-19)
+++ v1 (2026-03-16)
@@ -29,54 +29,54 @@
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
-    <t>Omklassat matavfall vid behandlingsanläggning</t>
-[...2 lines deleted...]
-    <t>AP.4.3.3</t>
+    <t>4.3.C Omklassat matavfall vid behandlingsanläggning</t>
+  </si>
+  <si>
+    <t>AP.4.3.C</t>
   </si>
   <si>
     <t>Totalt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -390,52 +390,52 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1" zoomScaleNormal="100" zoomScaleSheetLayoutView="60" zoomScale="100" view="normal"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="51.57422" customWidth="1"/>
-    <col min="2" max="2" width="9.574219" customWidth="1"/>
+    <col min="1" max="1" width="57.28125" customWidth="1"/>
+    <col min="2" max="2" width="9.710938" customWidth="1"/>
     <col min="3" max="3" width="16.00391" customWidth="1"/>
     <col min="4" max="4" width="12.71094" customWidth="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1"/>
     <col min="6" max="6" width="7.421875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="true" s="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>