--- v0 (2025-10-19)
+++ v1 (2026-03-28)
@@ -29,54 +29,54 @@
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
-    <t>Matavfall i restavfallet</t>
-[...2 lines deleted...]
-    <t>AP.4.1.1.1</t>
+    <t>4.1.A Matavfall i restavfallet</t>
+  </si>
+  <si>
+    <t>AP.4.1.2026.A</t>
   </si>
   <si>
     <t>Danderyd</t>
   </si>
   <si>
     <t>Järfälla</t>
   </si>
   <si>
     <t>Lidingö</t>
   </si>
   <si>
     <t>Sollentuna</t>
   </si>
   <si>
     <t>Solna</t>
   </si>
   <si>
     <t>Sundbyberg</t>
   </si>
   <si>
     <t>Täby</t>
   </si>
   <si>
     <t>Upplands Väsby</t>
   </si>
@@ -417,52 +417,52 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1" zoomScaleNormal="100" zoomScaleSheetLayoutView="60" zoomScale="100" view="normal"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="25.14063" customWidth="1"/>
-    <col min="2" max="2" width="11.42188" customWidth="1"/>
+    <col min="1" max="1" width="31.00391" customWidth="1"/>
+    <col min="2" max="2" width="15.42188" customWidth="1"/>
     <col min="3" max="3" width="18.00391" customWidth="1"/>
     <col min="4" max="4" width="12.71094" customWidth="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1"/>
     <col min="6" max="6" width="7.421875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="true" s="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>